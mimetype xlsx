--- v0 (2025-10-29)
+++ v1 (2025-12-18)
@@ -335,51 +335,55 @@
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>Острів`янська початкова школа Шацької селищної ради Волинської області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>148590</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>Острів'янська початкова школа</t>
         </is>
       </c>
-      <c r="E2" s="4"/>
+      <c r="E2" s="4" t="inlineStr">
+        <is>
+          <t>призупинено</t>
+        </is>
+      </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>початкова школа</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>0725783904</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Волинська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Острів'я, Шацький район, Волинська область</t>
         </is>
       </c>