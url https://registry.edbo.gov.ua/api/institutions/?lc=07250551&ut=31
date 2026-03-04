--- v0 (2025-11-04)
+++ v1 (2026-03-04)
@@ -332,51 +332,51 @@
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>Старовижівський заклад дошкільної освіти ( ясла-садок) "Сонечко"</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>170573</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
-          <t>ЗДО(ясла-садок) "Сонечко" смт Стара Вижівка</t>
+          <t>Старовижівський ЗДО</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>0725055100</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Волинська область</t>