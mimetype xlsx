--- v0 (2025-10-29)
+++ v1 (2026-02-11)
@@ -367,51 +367,51 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>0725055100</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Волинська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>смт Стара Вижівка, Старовижівський район, Волинська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 2</t>
+          <t>вулиця Шевченка, 1</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA07060410010057761</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Волинська обл., Ковельський р-н, с-ще Стара Вижівка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Старовижівська селищна рада</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(03346)22251, (03346)21907</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">