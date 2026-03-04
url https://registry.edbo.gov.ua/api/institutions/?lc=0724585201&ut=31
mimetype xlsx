--- v0 (2025-11-04)
+++ v1 (2026-03-04)
@@ -396,51 +396,51 @@
         <is>
           <t>UA07080250310043766</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Волинська обл., Луцький р-н, с. Пожарки</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Гуманітарний відділ Рожищенської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(098)2049945</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4"/>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t> Ващук Діана Віталіївна</t>
+          <t>Т.в.о. директора Ващук Діана Віталіївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>