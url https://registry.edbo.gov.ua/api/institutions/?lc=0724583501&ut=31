--- v0 (2025-11-05)
+++ v1 (2026-03-04)
@@ -367,51 +367,51 @@
           <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>0724583501</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Волинська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Луків, Рожищенський район, Волинська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця 8березня, 17</t>
+          <t>вулиця 8 березня, 17</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA07080250190024172</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Волинська обл., Луцький р-н, с. Луків</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Гуманітарний відділ Рожищенської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(066)4054107</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4"/>