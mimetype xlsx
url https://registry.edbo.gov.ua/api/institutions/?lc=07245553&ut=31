--- v0 (2026-01-08)
+++ v1 (2026-03-04)
@@ -319,51 +319,51 @@
       </c>
       <c r="V1" s="3" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="W1" s="3" t="inlineStr">
         <is>
           <t>Гірський</t>
         </is>
       </c>
       <c r="X1" s="3" t="inlineStr">
         <is>
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад дошкільної освіти "Калинонька" смт. Дубище Рожищенської міської ради Луцького району Волинської області</t>
+          <t>Комунальний заклад дошкільної освіти "Калинонька" с-ща Дубище Рожищенської міської ради Луцького району Волинської області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>170553</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>КЗДО смт. Дубище</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
@@ -388,63 +388,63 @@
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Зелена, 37</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA07080250020042343</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Волинська обл., Луцький р-н, с-ще Дубище</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Гуманітарний відділ Рожищенської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(098)6373952</t>
+          <t>(097)5202063</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>dnz-dubische@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t> Спасовська Валентина Іванівна</t>
+          <t> Шершень Тетяна Василівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>