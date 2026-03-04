--- v0 (2025-11-04)
+++ v1 (2026-03-04)
@@ -319,447 +319,447 @@
       </c>
       <c r="V1" s="3" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="W1" s="3" t="inlineStr">
         <is>
           <t>Гірський</t>
         </is>
       </c>
       <c r="X1" s="3" t="inlineStr">
         <is>
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад дошкільної освіти (ясла - садок) №1 "Малятко" м. Рожище Рожищенської міської ради Луцького району Волинської області</t>
+          <t>Комунальний заклад дошкільної освіти № 4 "Струмочок" м. Рожище Рожищенської міської ради Луцького району Волинської області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
-        <v>170546</v>
+        <v>170549</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
-          <t>КЗДО №1 м.Рожище</t>
+          <t>КЗДО № 4 м. Рожище</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок)</t>
+          <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>0724510100</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Волинська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>Рожище, Рожищенський район, Волинська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Грушевського, 8</t>
+          <t>вулиця Шевченка, 89</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA07080250010017534</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Волинська обл., Луцький р-н, м. Рожище</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Гуманітарний відділ Рожищенської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(067)9732176</t>
+          <t>(096)2519279</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4"/>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Андрощук Олена Олексіївна</t>
+          <t>Директор Тусевич Лариса Миколаївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад дошкільної освіти (ясла-садок) №2 "Дзвіночок" м. Рожище Рожищенської міської ради Луцького району Волинської області</t>
+          <t>Комунальний заклад дошкільної освіти №1 "Малятко" м. Рожище Рожищенської міської ради Луцького району Волинської області</t>
         </is>
       </c>
       <c r="B3" s="5" t="n">
-        <v>170547</v>
+        <v>170546</v>
       </c>
       <c r="C3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D3" s="4" t="inlineStr">
         <is>
-          <t>КЗДО №2 м. Рожище</t>
+          <t>КЗДО №1 м.Рожище</t>
         </is>
       </c>
       <c r="E3" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F3" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок)</t>
+          <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G3" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H3" s="6" t="inlineStr">
         <is>
           <t>0724510100</t>
         </is>
       </c>
       <c r="I3" s="4" t="inlineStr">
         <is>
           <t>Волинська область</t>
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>Рожище, Рожищенський район, Волинська область</t>
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
-          <t>вулиця Тараса Чайки, 14</t>
+          <t>вулиця Грушевського, 8</t>
         </is>
       </c>
       <c r="L3" s="6" t="inlineStr">
         <is>
           <t>UA07080250010017534</t>
         </is>
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Волинська обл., Луцький р-н, м. Рожище</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
           <t>Гуманітарний відділ Рожищенської міської ради</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
-          <t>(093)6211966</t>
+          <t>(098)9487979</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4"/>
       <c r="S3" s="4"/>
       <c r="T3" s="4" t="inlineStr">
         <is>
-          <t>Директор Лясковська Людмила Петрівна</t>
+          <t>Т.в.о. директора Матвійчук Оксана Володимирівна</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад дошкільної освіти (ясла-садок) №3 "Сонечко" м. Рожище Рожищенської міської ради Луцького району Волинської області</t>
+          <t>Комунальний заклад дошкільної освіти №2 "Дзвіночок" м. Рожище Рожищенської міської ради Луцького району Волинської області</t>
         </is>
       </c>
       <c r="B4" s="5" t="n">
-        <v>170548</v>
+        <v>170547</v>
       </c>
       <c r="C4" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D4" s="4" t="inlineStr">
         <is>
-          <t>КЗДО №3 м. Рожище</t>
+          <t>КЗДО №2 м. Рожище</t>
         </is>
       </c>
       <c r="E4" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F4" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок)</t>
+          <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G4" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H4" s="6" t="inlineStr">
         <is>
           <t>0724510100</t>
         </is>
       </c>
       <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Волинська область</t>
         </is>
       </c>
       <c r="J4" s="4" t="inlineStr">
         <is>
           <t>Рожище, Рожищенський район, Волинська область</t>
         </is>
       </c>
       <c r="K4" s="4" t="inlineStr">
         <is>
-          <t>вулиця Гузара, 17</t>
+          <t>вулиця Тараса Чайки, 14</t>
         </is>
       </c>
       <c r="L4" s="6" t="inlineStr">
         <is>
           <t>UA07080250010017534</t>
         </is>
       </c>
       <c r="M4" s="4" t="inlineStr">
         <is>
           <t>Волинська обл., Луцький р-н, м. Рожище</t>
         </is>
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
           <t>Гуманітарний відділ Рожищенської міської ради</t>
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
-          <t>(096)8019730</t>
+          <t>(093)6211966</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
-      <c r="R4" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R4" s="4"/>
       <c r="S4" s="4"/>
       <c r="T4" s="4" t="inlineStr">
         <is>
-          <t>Директор Поліщук Олена Анастасівна</t>
+          <t>Директор Лясковська Людмила Петрівна</t>
         </is>
       </c>
       <c r="U4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад дошкільної освіти № 4 "Струмочок" м. Рожище Рожищенської міської ради Луцького району Волинської області</t>
+          <t>Комунальний заклад дошкільної освіти №3 "Сонечко" м. Рожище Рожищенської міської ради Луцького району Волинської області</t>
         </is>
       </c>
       <c r="B5" s="5" t="n">
-        <v>170549</v>
+        <v>170548</v>
       </c>
       <c r="C5" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D5" s="4" t="inlineStr">
         <is>
-          <t>КЗДО № 4 м. Рожище</t>
+          <t>КЗДО №3 м. Рожище</t>
         </is>
       </c>
       <c r="E5" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F5" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G5" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H5" s="6" t="inlineStr">
         <is>
           <t>0724510100</t>
         </is>
       </c>
       <c r="I5" s="4" t="inlineStr">
         <is>
           <t>Волинська область</t>
         </is>
       </c>
       <c r="J5" s="4" t="inlineStr">
         <is>
           <t>Рожище, Рожищенський район, Волинська область</t>
         </is>
       </c>
       <c r="K5" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 89</t>
+          <t>вулиця Гузара, 17</t>
         </is>
       </c>
       <c r="L5" s="6" t="inlineStr">
         <is>
           <t>UA07080250010017534</t>
         </is>
       </c>
       <c r="M5" s="4" t="inlineStr">
         <is>
           <t>Волинська обл., Луцький р-н, м. Рожище</t>
         </is>
       </c>
       <c r="N5" s="7"/>
       <c r="O5" s="4" t="inlineStr">
         <is>
           <t>Гуманітарний відділ Рожищенської міської ради</t>
         </is>
       </c>
       <c r="P5" s="4" t="inlineStr">
         <is>
-          <t>(096)2519279</t>
+          <t>(096)8019730</t>
         </is>
       </c>
       <c r="Q5" s="4"/>
-      <c r="R5" s="4"/>
+      <c r="R5" s="4" t="inlineStr">
+        <is>
+          <t>sadok3-rozysche@ukr.net</t>
+        </is>
+      </c>
       <c r="S5" s="4"/>
       <c r="T5" s="4" t="inlineStr">
         <is>
-          <t>Директор Тусевич Лариса Миколаївна</t>
+          <t>Директор Поліщук Олена Анастасівна</t>
         </is>
       </c>
       <c r="U5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y5" s="5"/>
     </row>
   </sheetData>