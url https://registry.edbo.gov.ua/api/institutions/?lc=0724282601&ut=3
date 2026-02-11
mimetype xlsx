--- v0 (2025-11-04)
+++ v1 (2026-02-11)
@@ -367,88 +367,88 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>0724282601</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Волинська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Датинь, Ратнівський район, Волинська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця 1 Травня, 40</t>
+          <t>вулиця Незалежності, 40</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA07060010020025738</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Волинська обл., Ковельський р-н, с. Датинь</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Велимченська сільська рада</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(03366)91153</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>datun_school@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://datunschool.ucoz.ua</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t> Мельник Надія Василівна</t>
+          <t>Директор Мельник Надія Василівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>