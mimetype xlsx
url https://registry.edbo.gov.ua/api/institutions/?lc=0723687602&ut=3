--- v0 (2025-10-29)
+++ v1 (2025-12-16)
@@ -337,51 +337,51 @@
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>Козлиничівська гімназія - філія Опорного закладу загальної середньої освіти «Цмінівський ліцей» Маневицької селищної ради Волинської області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>143444</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>Козлиничівська гімназія - філія</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>0723687602</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Волинська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Козлиничі, Маневицький район, Волинська область</t>
@@ -400,51 +400,51 @@
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Волинська обл., Камінь-Каширський р-н, с. Козлиничі</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Маневицької селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(03376)99963</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>vitalijarechun@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Семенчук Володимир Володимирович</t>
+          <t>Завідувач філією - - -</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>