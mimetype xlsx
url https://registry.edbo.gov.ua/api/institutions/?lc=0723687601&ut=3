--- v0 (2025-10-29)
+++ v1 (2026-02-11)
@@ -399,56 +399,56 @@
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Волинська обл., Камінь-Каширський р-н, с. Цміни</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Маневицької селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(03367)99947</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>myrachkocminu@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
-          <t>tsminy-school.edukit.volyn.ua</t>
+          <t>http://tsminy-school.edukit.volyn.ua/</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Мурашко Олександр Володимирович</t>
+          <t>Директор Макарчук Тетяна Юріївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>