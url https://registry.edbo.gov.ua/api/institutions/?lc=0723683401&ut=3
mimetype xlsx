--- v0 (2025-11-04)
+++ v1 (2025-12-15)
@@ -399,51 +399,51 @@
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Волинська обл., Камінь-Каширський р-н, с. Костюхнівка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Маневицької селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(03376)9-69-40</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>davud_shkola@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
-          <t>http://kostiuhnivka-school.edukit.volyn.ua</t>
+          <t>https://share.google/jzNqZzmC9pyNhisib</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Давидюк Василь Степанович</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>