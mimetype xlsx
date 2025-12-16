--- v0 (2025-10-29)
+++ v1 (2025-12-16)
@@ -342,51 +342,51 @@
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>Комарівський ліцей Маневицької селищної ради Волинської області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>138456</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>Комарівський ліцей</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>0723683001</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Волинська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Комарове, Маневицький район, Волинська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Лесі Українки, 7</t>
@@ -399,51 +399,51 @@
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Волинська обл., Камінь-Каширський р-н, с. Комарове</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Маневицької селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(03376)99516</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>komarovelicey@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
-          <t>http://komarove-zosh.volyn.sch.in.ua/</t>
+          <t>https://sites.google.com/view/komarovelicey/</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Мосюк Надія Миколаївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>