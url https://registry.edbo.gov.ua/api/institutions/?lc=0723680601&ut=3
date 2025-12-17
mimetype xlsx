--- v0 (2025-10-29)
+++ v1 (2025-12-17)
@@ -399,51 +399,51 @@
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Волинська обл., Камінь-Каширський р-н, с. Будки</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Маневицької селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(09976)96538, (096)7810894</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>kasianbydku@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
-          <t>https://bydkuschool.e-schools.info/director/262471</t>
+          <t>http://budky-lyceum.volyn.sch.in.ua</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Касьян Володимир Іванович</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>