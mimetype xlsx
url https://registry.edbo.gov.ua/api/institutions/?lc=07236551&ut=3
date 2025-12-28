--- v0 (2025-11-04)
+++ v1 (2025-12-28)
@@ -472,83 +472,83 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G3" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H3" s="6" t="inlineStr">
         <is>
           <t>0723655100</t>
         </is>
       </c>
       <c r="I3" s="4" t="inlineStr">
         <is>
           <t>Волинська область</t>
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>смт Маневичі, Маневицький район, Волинська область</t>
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
-          <t>вулиця Комарова, 6</t>
+          <t>вулиця Соборності, 6</t>
         </is>
       </c>
       <c r="L3" s="6" t="inlineStr">
         <is>
           <t>UA07040050010044229</t>
         </is>
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Волинська обл., Камінь-Каширський р-н, с-ще Маневичі</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Маневицької селищної ради</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
           <t>(03376)21199</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
           <t>manevychilicej1@gmail.com</t>
         </is>
       </c>
       <c r="S3" s="4" t="inlineStr">
         <is>
-          <t>http://manevychi-school1.edukit.volyn.ua/</t>
+          <t>https://man-school1.com.ua/</t>
         </is>
       </c>
       <c r="T3" s="4" t="inlineStr">
         <is>
           <t>Директор Козачук Володимир Микитович</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -617,51 +617,51 @@
       </c>
       <c r="M4" s="4" t="inlineStr">
         <is>
           <t>Волинська обл., Камінь-Каширський р-н, с-ще Маневичі</t>
         </is>
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Маневицької селищної ради</t>
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
           <t>(03376)2-27-08</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="inlineStr">
         <is>
           <t>manschool2@gmail.com</t>
         </is>
       </c>
       <c r="S4" s="4" t="inlineStr">
         <is>
-          <t>http://manevychi-himnazia.kl.com.ua/</t>
+          <t>https://manevychi-lyceum2.pp.ua/</t>
         </is>
       </c>
       <c r="T4" s="4" t="inlineStr">
         <is>
           <t>Директор Будь Оксана Василівна</t>
         </is>
       </c>
       <c r="U4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X4" s="6" t="inlineStr">
         <is>
           <t>ні</t>