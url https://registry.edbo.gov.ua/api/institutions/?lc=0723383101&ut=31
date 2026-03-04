--- v0 (2025-11-04)
+++ v1 (2026-03-04)
@@ -396,51 +396,51 @@
         <is>
           <t>UA07060090100021385</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Волинська обл., Ковельський р-н, с. Нудиже</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Головненська селищна рада Ковельського району Волинської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(098)3310041</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4"/>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Павельчук Людмила Іванівна</t>
+          <t>Директор Семенюк Катерина Василівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>