--- v0 (2025-11-04)
+++ v1 (2025-12-28)
@@ -388,67 +388,67 @@
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Молодіжна, 1</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA07040030290022197</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Волинська обл., Камінь-Каширський р-н, с. Підкормілля</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Управління гуманітарної політики Любешівської селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(095)7286264</t>
+          <t>(099)3532572</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>pidkorm@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://pidkorm.at.ua/</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Дарчич Наталія Георгіївна</t>
+          <t>Т.в.о. директора Горщар Тетяна Іванівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>