--- v0 (2025-10-24)
+++ v1 (2025-12-12)
@@ -319,99 +319,99 @@
       </c>
       <c r="V1" s="3" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="W1" s="3" t="inlineStr">
         <is>
           <t>Гірський</t>
         </is>
       </c>
       <c r="X1" s="3" t="inlineStr">
         <is>
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
-          <t>комунальний заклад середньої освіти «Шепельська гімназія № 39 Луцької міської ради»</t>
+          <t>комунальний заклад загальної середньої освіти «Шепельська гімназія № 39 Луцької міської ради»</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>150016</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
-          <t>ЗСО № 39</t>
+          <t>ЗЗСО № 39</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>0722887501</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Волинська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Шепель, Луцький район, Волинська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Нова, 5</t>
+          <t>вулиця Гнатенка Івана, 13</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA07080170360024786</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Волинська обл., Луцький р-н, с. Шепель</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти Луцької міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(0332)798040</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">