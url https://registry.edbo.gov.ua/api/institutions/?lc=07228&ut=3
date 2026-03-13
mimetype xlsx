--- v0 (2025-12-30)
+++ v1 (2026-03-13)
@@ -545,51 +545,51 @@
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад загальної середньої освіти «Боголюбська гімназія № 30 Луцької міської ради»</t>
+          <t>комунальний заклад загальної середньої освіти "Боголюбська гімназія №30 Луцької міської ради"</t>
         </is>
       </c>
       <c r="B4" s="5" t="n">
         <v>148675</v>
       </c>
       <c r="C4" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D4" s="4" t="inlineStr">
         <is>
           <t>ЗЗСО № 30</t>
         </is>
       </c>
       <c r="E4" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F4" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
@@ -3483,51 +3483,51 @@
       <c r="U29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V29" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y29" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад загальної середньої освіти «Рокинівська гімназія № 38 Луцької міської ради»</t>
+          <t>комунальний заклад загальної середньої освіти "Рокинівська гімназія №38 Луцької міської ради"</t>
         </is>
       </c>
       <c r="B30" s="5" t="n">
         <v>149953</v>
       </c>
       <c r="C30" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>ЗЗСО № 38</t>
         </is>
       </c>
       <c r="E30" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>