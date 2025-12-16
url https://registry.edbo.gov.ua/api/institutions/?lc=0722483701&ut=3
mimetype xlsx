--- v0 (2025-10-29)
+++ v1 (2025-12-16)
@@ -388,67 +388,67 @@
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Нова, 1</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA07020110110078202</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Волинська обл., Володимирський р-н, с. Колпитів</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Управління гуманітарної політики Локачинської селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(098)8401522</t>
+          <t>(097)3516410</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>lvo-kolpytiv@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://kolpytiv.at.ua</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Паляничка Анатолій Петрович</t>
+          <t>Директор Курбай Ганна Миколаївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>