--- v0 (2025-10-29)
+++ v1 (2025-12-17)
@@ -367,88 +367,88 @@
           <t>початкова школа</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>0722480601</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Волинська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Білопіль, Локачинський район, Волинська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 20</t>
+          <t>вулиця Центральна, 50</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA07020110030021746</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Волинська обл., Володимирський р-н, с. Білопіль</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Управління гуманітарної політики Локачинської селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(096)9630513</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>bilopilschool@meta.ua</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://bilopilschool.tk</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Курбай Ганна Миколаївна</t>
+          <t>Керівник Москаленко Вікторія Володимирівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>