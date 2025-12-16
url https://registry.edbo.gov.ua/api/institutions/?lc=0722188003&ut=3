--- v0 (2025-10-29)
+++ v1 (2025-12-16)
@@ -319,74 +319,74 @@
       </c>
       <c r="V1" s="3" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="W1" s="3" t="inlineStr">
         <is>
           <t>Гірський</t>
         </is>
       </c>
       <c r="X1" s="3" t="inlineStr">
         <is>
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
-          <t>Великопорська гімназія Голобської селищної ради Ковельського району Волинської області</t>
+          <t>Великопорська початкова школа Голобської селищної ради Ковельського району Волинської області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>148877</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
-          <t>Великопорська гімназія</t>
+          <t>Великопорська початкова школа</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>початкова школа</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>0722188003</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Волинська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Великий Порськ, Ковельський район, Волинська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Гната Мартинюка, 13</t>
@@ -404,51 +404,51 @@
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Гуманітарний відділ виконавчого комітету Голобської селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(03352)96250</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>velporskschool@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>https://velykyyporsk.e-schools.info/</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Власюк Петро Романович</t>
+          <t>Директор Власюк Лариса Миколаївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>