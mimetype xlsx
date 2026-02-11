--- v0 (2025-10-29)
+++ v1 (2026-02-11)
@@ -398,61 +398,61 @@
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Волинська обл., Ковельський р-н, с-ще Люблинець</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Волинської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(03352)56209</t>
         </is>
       </c>
       <c r="Q2" s="4" t="inlineStr">
         <is>
           <t>(03352)56209</t>
         </is>
       </c>
       <c r="R2" s="4" t="inlineStr">
         <is>
-          <t>internatlyblinets@gmail.com</t>
+          <t>lyublynets.litsey@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
-          <t>http://www.lublinetsschool.ho.ua/</t>
+          <t>http://lubl.licey.org.ua/</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Матвіюк Дмитро Юрійович</t>
+          <t>Директор Матвіюк Дмитро Юрійович</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">