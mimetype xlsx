--- v0 (2025-12-28)
+++ v1 (2026-03-28)
@@ -319,51 +319,51 @@
       </c>
       <c r="V1" s="3" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="W1" s="3" t="inlineStr">
         <is>
           <t>Гірський</t>
         </is>
       </c>
       <c r="X1" s="3" t="inlineStr">
         <is>
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
-          <t>Залісочівська гімназія Олицької селищної ради</t>
+          <t>Залісочівська гімназія Олицької міської ради</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>143746</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>Залісочівська гімназія</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
@@ -383,51 +383,51 @@
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Залісоче, Ківерцівський район, Волинська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 1</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA07080210060036626</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Волинська обл., Луцький р-н, с. Залісоче</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді, спорту та туризму Олицької селищної ради</t>
+          <t>Відділ освіти, культури, молоді, спорту та туризму Олицької міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(067)6992140</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>Zalisoche_school@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Покотилець Тетяна Христофорівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">