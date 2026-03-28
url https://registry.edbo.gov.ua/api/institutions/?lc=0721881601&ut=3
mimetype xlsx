--- v0 (2026-02-11)
+++ v1 (2026-03-28)
@@ -319,115 +319,115 @@
       </c>
       <c r="V1" s="3" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="W1" s="3" t="inlineStr">
         <is>
           <t>Гірський</t>
         </is>
       </c>
       <c r="X1" s="3" t="inlineStr">
         <is>
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
-          <t>Дідичівський ліцей Олицької селищної ради</t>
+          <t>Дідичівський ліцей Олицької міської ради</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>142955</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>Дідичівський ліцей</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>0721881601</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Волинська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Дідичі, Ківерцівський район, Волинська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Миру, 17</t>
+          <t>вулиця Миру, 17 А</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA07080210040082402</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Волинська обл., Луцький р-н, с. Дідичі</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді, спорту та туризму Олицької селищної ради</t>
+          <t>Відділ освіти, культури, молоді, спорту та туризму Олицької міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(095)6184090</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>dmnatali_1974@i.ua</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>https://dmnatali19743.wixsite.com/mysite-1</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Дубина Зінаїда Олексіївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>