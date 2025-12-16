--- v0 (2025-10-29)
+++ v1 (2025-12-16)
@@ -367,88 +367,88 @@
           <t>початкова школа</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>0721487402</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Волинська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Старі Червища, Камінь-Каширський район, Волинська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Жовтнева, 31</t>
+          <t>вулиця Свободи, 31</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA07040070100042519</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Волинська обл., Камінь-Каширський р-н, с. Старі Червища</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Гуманітарний відділ Прилісненської сільської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(096)4302193</t>
+          <t>(067)6618521</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>starichervicha_shcool@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://www.nzstcher.at.ua</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Багнюк Марія Костянтинівна</t>
+          <t>Завідувач філією Матюк Валентина Вікторівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>