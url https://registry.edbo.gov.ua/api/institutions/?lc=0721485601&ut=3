--- v0 (2025-10-29)
+++ v1 (2025-12-17)
@@ -404,51 +404,51 @@
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Сошичненська сільська рада</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(03357)9-41-84</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>nuyno_school@i.ua</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://nuyno-zosh.at.ua/</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Кусік Роман Миколайович</t>
+          <t>Т.в.о. директора Денейчук Людмила Василівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>