--- v1 (2025-12-17)
+++ v2 (2026-02-11)
@@ -404,51 +404,51 @@
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Сошичненська сільська рада</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(03357)9-41-84</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>nuyno_school@i.ua</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://nuyno-zosh.at.ua/</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Т.в.о. директора Денейчук Людмила Василівна</t>
+          <t>Директор Костюк Алеся Вікторівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>