--- v0 (2025-10-29)
+++ v1 (2025-12-17)
@@ -399,51 +399,51 @@
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Волинська обл., Камінь-Каширський р-н, с. Гута-Камінська</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Управління гуманітарної політики Камінь-Каширської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(033)5798620</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>gutakam_shcool@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
-          <t>https://gutakam.blogspot.com/</t>
+          <t>https://sites.google.com/view/gutakam</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Завідувач філією Довжик Юрій Володимирович</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>