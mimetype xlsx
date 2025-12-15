--- v0 (2025-10-29)
+++ v1 (2025-12-15)
@@ -394,51 +394,51 @@
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA07020170050087384</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Волинська обл., Володимирський р-н, с. Жашковичі</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Павлівська сільська рада</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(03372)95540</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
-          <t>Zaashkovychizosh@ukr.net</t>
+          <t>Zashkovychizosh@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Мельничук Ольга Василівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>