--- v0 (2025-11-05)
+++ v1 (2025-12-28)
@@ -332,51 +332,51 @@
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>заклад загальної середньої освіти Смолявська початкова школа Берестечківської міської ради Волинської області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>147399</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
-          <t>ЗЗСО Смолявська гімназія</t>
+          <t>ЗЗСО Смолявська початкова школа</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>початкова школа</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>0720887601</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Волинська область</t>
@@ -388,67 +388,67 @@
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 4</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA07080010200078060</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Волинська обл., Луцький р-н, с. Смолява</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Берестечківська міська рада</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(068)0203947</t>
+          <t>(098)7841480</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>smolyavazosh@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>https://smolyavazosh.wixsite.com/mysite</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Гримайло Михайло Вікторович</t>
+          <t>В.о. директора Подолець Галина Петрівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>