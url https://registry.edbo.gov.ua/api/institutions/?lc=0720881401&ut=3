--- v0 (2025-10-29)
+++ v1 (2025-12-17)
@@ -388,67 +388,67 @@
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 16</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA07080010070073002</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Волинська обл., Луцький р-н, с. Горішнє</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Берестечківська міська рада</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(098)2609482</t>
+          <t>(097)4847049</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>horishne@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>https://horishne.e-schools.info/m/</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Маслічук Марія Іванівна</t>
+          <t>В.о. директора Маслійчук Зоя Андріївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>