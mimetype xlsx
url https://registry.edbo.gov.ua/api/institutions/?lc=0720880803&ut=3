--- v0 (2025-10-29)
+++ v1 (2025-12-17)
@@ -404,51 +404,51 @@
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді, спорту та охорони здоров'я Мар'янівської селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(033)7993517</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>rchichivshole@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>https://rzyshchiv.edua.info</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Т.в.о. директора Катана Катерина Анатоліївна</t>
+          <t>Директор Катана Катерина Анатоліївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>