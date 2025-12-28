--- v0 (2025-11-04)
+++ v1 (2025-12-28)
@@ -597,51 +597,51 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G4" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H4" s="6" t="inlineStr">
         <is>
           <t>0710700000</t>
         </is>
       </c>
       <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Волинська область</t>
         </is>
       </c>
       <c r="J4" s="4" t="inlineStr">
         <is>
           <t>Нововолинськ, Волинська область</t>
         </is>
       </c>
       <c r="K4" s="4" t="inlineStr">
         <is>
-          <t>вулиця Маяковського, 5</t>
+          <t>вулиця Левка Лук'яненка, 5</t>
         </is>
       </c>
       <c r="L4" s="6" t="inlineStr">
         <is>
           <t>UA07020130010041880</t>
         </is>
       </c>
       <c r="M4" s="4" t="inlineStr">
         <is>
           <t>Волинська обл., м. Нововолинськ</t>
         </is>
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Нововолинської міської ради Волинської області</t>
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
           <t>(03344)22933</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="inlineStr">