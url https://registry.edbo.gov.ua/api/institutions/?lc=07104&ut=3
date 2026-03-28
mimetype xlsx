--- v0 (2025-10-29)
+++ v1 (2026-03-28)
@@ -404,51 +404,51 @@
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Управління освіти виконавчого комітету Ковельської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(03352)6-46-53</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>sk_2@i.ua</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>sk2.at.ua</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Ягнюк Ольга Йосипівна</t>
+          <t>В.о. директора Базилевич Оксана Ігорівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
@@ -1183,51 +1183,51 @@
       <c r="M9" s="4" t="inlineStr">
         <is>
           <t>Волинська обл., м. Ковель</t>
         </is>
       </c>
       <c r="N9" s="7"/>
       <c r="O9" s="4" t="inlineStr">
         <is>
           <t>Управління освіти виконавчого комітету Ковельської міської ради</t>
         </is>
       </c>
       <c r="P9" s="4" t="inlineStr">
         <is>
           <t>(03352)64137</t>
         </is>
       </c>
       <c r="Q9" s="4"/>
       <c r="R9" s="4" t="inlineStr">
         <is>
           <t>zoh12kovel@gmail.com</t>
         </is>
       </c>
       <c r="S9" s="4"/>
       <c r="T9" s="4" t="inlineStr">
         <is>
-          <t>Директор Щур Ігор Романович</t>
+          <t>В.о. директора Сірант Любов Олександрівна</t>
         </is>
       </c>
       <c r="U9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
@@ -1627,51 +1627,51 @@
       <c r="M13" s="4" t="inlineStr">
         <is>
           <t>Волинська обл., м. Ковель</t>
         </is>
       </c>
       <c r="N13" s="7"/>
       <c r="O13" s="4" t="inlineStr">
         <is>
           <t>Управління освіти виконавчого комітету Ковельської міської ради</t>
         </is>
       </c>
       <c r="P13" s="4" t="inlineStr">
         <is>
           <t>(03352)5-97-66, (03352)5-03-45</t>
         </is>
       </c>
       <c r="Q13" s="4"/>
       <c r="R13" s="4" t="inlineStr">
         <is>
           <t>liceyoberig@ukr.net</t>
         </is>
       </c>
       <c r="S13" s="4"/>
       <c r="T13" s="4" t="inlineStr">
         <is>
-          <t>Директор Шворак Василь Григорович</t>
+          <t>Директор Кульцман Олександр Романович</t>
         </is>
       </c>
       <c r="U13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y13" s="5"/>
     </row>
   </sheetData>