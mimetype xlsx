--- v0 (2025-11-04)
+++ v1 (2025-12-28)
@@ -666,701 +666,701 @@
       <c r="U4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V4" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
-          <t>заклад загальної середньої освіти "Володимирська гімназія №1 Володимирської міської ради"</t>
+          <t>Заклад загальної середньої освіти "Володимирська гімназія № 2 Володимирської міської ради"</t>
         </is>
       </c>
       <c r="B5" s="5" t="n">
-        <v>138804</v>
+        <v>137266</v>
       </c>
       <c r="C5" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D5" s="4" t="inlineStr">
         <is>
-          <t>Гімназія № 1</t>
+          <t>Гімназія № 2</t>
         </is>
       </c>
       <c r="E5" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F5" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G5" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H5" s="6" t="inlineStr">
         <is>
           <t>0710200000</t>
         </is>
       </c>
       <c r="I5" s="4" t="inlineStr">
         <is>
           <t>Волинська область</t>
         </is>
       </c>
       <c r="J5" s="4" t="inlineStr">
         <is>
           <t>Володимир-Волинський, Волинська область</t>
         </is>
       </c>
       <c r="K5" s="4" t="inlineStr">
         <is>
-          <t>вулиця Степана Бандери, 8</t>
+          <t>вулиця Котляревського, 2</t>
         </is>
       </c>
       <c r="L5" s="6" t="inlineStr">
         <is>
           <t>UA07020010010041660</t>
         </is>
       </c>
       <c r="M5" s="4" t="inlineStr">
         <is>
           <t>Волинська обл., Володимирський р-н, м. Володимир</t>
         </is>
       </c>
       <c r="N5" s="7"/>
       <c r="O5" s="4" t="inlineStr">
         <is>
           <t>Управління з гуманітарних питань виконовчого комітету Володимирської міської ради</t>
         </is>
       </c>
       <c r="P5" s="4" t="inlineStr">
         <is>
-          <t>(03342)23287</t>
+          <t>(03342)34141, (03342)34116</t>
         </is>
       </c>
       <c r="Q5" s="4"/>
       <c r="R5" s="4" t="inlineStr">
         <is>
-          <t>vvschool1@gmail.com</t>
+          <t>vvschool2@gmail.com</t>
         </is>
       </c>
       <c r="S5" s="4" t="inlineStr">
         <is>
-          <t>https://shkola1.pp.ua/</t>
+          <t>https://sites.google.com/view/vvschool2/</t>
         </is>
       </c>
       <c r="T5" s="4" t="inlineStr">
         <is>
-          <t>Директор Самусєва Людмила Віталіївна</t>
+          <t>Директор Мосіюк Валерій Іванович</t>
         </is>
       </c>
       <c r="U5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="4" t="inlineStr">
         <is>
-          <t>Заставненська початкова школа Литовезької сільської ради Володимирського району Волинської області</t>
+          <t>Заклад загальної середньої освіти "Володимирська гімназія № 3 Володимирської міської ради"</t>
         </is>
       </c>
       <c r="B6" s="5" t="n">
-        <v>135675</v>
+        <v>134279</v>
       </c>
       <c r="C6" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D6" s="4" t="inlineStr">
         <is>
-          <t>Заставненська початкова школа</t>
+          <t>Гімназія № 3</t>
         </is>
       </c>
       <c r="E6" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F6" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G6" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H6" s="6" t="inlineStr">
         <is>
           <t>0710200000</t>
         </is>
       </c>
       <c r="I6" s="4" t="inlineStr">
         <is>
           <t>Волинська область</t>
         </is>
       </c>
       <c r="J6" s="4" t="inlineStr">
         <is>
           <t>Володимир-Волинський, Волинська область</t>
         </is>
       </c>
       <c r="K6" s="4" t="inlineStr">
         <is>
-          <t>вулиця Клименка, 6-А</t>
+          <t>вулиця Ковельська, 111</t>
         </is>
       </c>
       <c r="L6" s="6" t="inlineStr">
         <is>
-          <t>UA07020090040041410</t>
+          <t>UA07020010010041660</t>
         </is>
       </c>
       <c r="M6" s="4" t="inlineStr">
         <is>
-          <t>Волинська обл., Володимирський р-н, с. Заставне</t>
+          <t>Волинська обл., Володимирський р-н, м. Володимир</t>
         </is>
       </c>
       <c r="N6" s="7"/>
       <c r="O6" s="4" t="inlineStr">
         <is>
-          <t>Литовезька сільська рада</t>
+          <t>Управління з гуманітарних питань виконовчого комітету Володимирської міської ради</t>
         </is>
       </c>
       <c r="P6" s="4" t="inlineStr">
         <is>
-          <t>(03372)95140</t>
+          <t>(03342)35207, (03342)35529</t>
         </is>
       </c>
       <c r="Q6" s="4"/>
       <c r="R6" s="4" t="inlineStr">
         <is>
-          <t>zastawnezosh@ukr.net</t>
+          <t>vvschool3@gmail.com</t>
         </is>
       </c>
       <c r="S6" s="4" t="inlineStr">
         <is>
-          <t>http://zastavne.ivosvita.org/</t>
+          <t>https://sites.google.com/view/nvk3vv</t>
         </is>
       </c>
       <c r="T6" s="4" t="inlineStr">
         <is>
-          <t>Директор Рихель Руслана Петрівна</t>
+          <t>Директор Матвейчук Анатолій Степанович</t>
         </is>
       </c>
       <c r="U6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V6" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="4" t="inlineStr">
         <is>
-          <t>комунальна організація "Гімназія №7 Володимирської міської ради"</t>
+          <t>Заклад загальної середньої освіти "Володимирська гімназія № 5 імені Анатолія Кореневського Володимирської міської ради"</t>
         </is>
       </c>
       <c r="B7" s="5" t="n">
-        <v>176526</v>
+        <v>134665</v>
       </c>
       <c r="C7" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D7" s="4" t="inlineStr">
         <is>
-          <t>Гімназія №7</t>
+          <t>Гімназія № 5</t>
         </is>
       </c>
       <c r="E7" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F7" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G7" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H7" s="6" t="inlineStr">
         <is>
           <t>0710200000</t>
         </is>
       </c>
       <c r="I7" s="4" t="inlineStr">
         <is>
           <t>Волинська область</t>
         </is>
       </c>
       <c r="J7" s="4" t="inlineStr">
         <is>
           <t>Володимир-Волинський, Волинська область</t>
         </is>
       </c>
       <c r="K7" s="4" t="inlineStr">
         <is>
-          <t>вулиця Андрія Войнаровського, 1</t>
+          <t>вулиця Луцька, 164</t>
         </is>
       </c>
       <c r="L7" s="6" t="inlineStr">
         <is>
           <t>UA07020010010041660</t>
         </is>
       </c>
       <c r="M7" s="4" t="inlineStr">
         <is>
           <t>Волинська обл., Володимирський р-н, м. Володимир</t>
         </is>
       </c>
       <c r="N7" s="7"/>
       <c r="O7" s="4" t="inlineStr">
         <is>
           <t>Управління з гуманітарних питань виконовчого комітету Володимирської міської ради</t>
         </is>
       </c>
       <c r="P7" s="4" t="inlineStr">
         <is>
-          <t>(093)6759676</t>
+          <t>(03342)30555</t>
         </is>
       </c>
       <c r="Q7" s="4"/>
       <c r="R7" s="4" t="inlineStr">
         <is>
-          <t>volodymyr.seven.school@gmail.com</t>
+          <t>vvschool5@gmail.com</t>
         </is>
       </c>
       <c r="S7" s="4" t="inlineStr">
         <is>
-          <t>http://volodymyrsevenschool.org.ua/</t>
+          <t>http://vvschool5.at.ua/</t>
         </is>
       </c>
       <c r="T7" s="4" t="inlineStr">
         <is>
-          <t>Директор Віжанська Тетяна Василівна</t>
+          <t>Директор Костюк Ірина Ростиславівна</t>
         </is>
       </c>
       <c r="U7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="4" t="inlineStr">
         <is>
-          <t>Ліцей №2 Володимирської міської ради</t>
+          <t>Заклад загальної середньої освіти "Володимирська гімназія №1 Володимирської міської ради"</t>
         </is>
       </c>
       <c r="B8" s="5" t="n">
-        <v>137266</v>
+        <v>138804</v>
       </c>
       <c r="C8" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D8" s="4" t="inlineStr">
         <is>
-          <t>Ліцей № 2</t>
+          <t>Гімназія № 1</t>
         </is>
       </c>
       <c r="E8" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F8" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G8" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H8" s="6" t="inlineStr">
         <is>
           <t>0710200000</t>
         </is>
       </c>
       <c r="I8" s="4" t="inlineStr">
         <is>
           <t>Волинська область</t>
         </is>
       </c>
       <c r="J8" s="4" t="inlineStr">
         <is>
           <t>Володимир-Волинський, Волинська область</t>
         </is>
       </c>
       <c r="K8" s="4" t="inlineStr">
         <is>
-          <t>вулиця Котляревського, 2</t>
+          <t>вулиця Степана Бандери, 8</t>
         </is>
       </c>
       <c r="L8" s="6" t="inlineStr">
         <is>
           <t>UA07020010010041660</t>
         </is>
       </c>
       <c r="M8" s="4" t="inlineStr">
         <is>
           <t>Волинська обл., Володимирський р-н, м. Володимир</t>
         </is>
       </c>
       <c r="N8" s="7"/>
       <c r="O8" s="4" t="inlineStr">
         <is>
           <t>Управління з гуманітарних питань виконовчого комітету Володимирської міської ради</t>
         </is>
       </c>
       <c r="P8" s="4" t="inlineStr">
         <is>
-          <t>(03342)34141, (03342)34116</t>
+          <t>(03342)23287</t>
         </is>
       </c>
       <c r="Q8" s="4"/>
       <c r="R8" s="4" t="inlineStr">
         <is>
-          <t>vvschool2@gmail.com</t>
+          <t>vvschool1@gmail.com</t>
         </is>
       </c>
       <c r="S8" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/view/vvschool2/</t>
+          <t>https://shkola1.pp.ua/</t>
         </is>
       </c>
       <c r="T8" s="4" t="inlineStr">
         <is>
-          <t>Директор Мосіюк Валерій Іванович</t>
+          <t>Директор Самусєва Людмила Віталіївна</t>
         </is>
       </c>
       <c r="U8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="4" t="inlineStr">
         <is>
-          <t>Ліцей №3 Володимирської міської ради</t>
+          <t>Заставненська початкова школа Литовезької сільської ради Володимирського району Волинської області</t>
         </is>
       </c>
       <c r="B9" s="5" t="n">
-        <v>134279</v>
+        <v>135675</v>
       </c>
       <c r="C9" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D9" s="4" t="inlineStr">
         <is>
-          <t>Ліцей №3</t>
+          <t>Заставненська початкова школа</t>
         </is>
       </c>
       <c r="E9" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F9" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G9" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H9" s="6" t="inlineStr">
         <is>
           <t>0710200000</t>
         </is>
       </c>
       <c r="I9" s="4" t="inlineStr">
         <is>
           <t>Волинська область</t>
         </is>
       </c>
       <c r="J9" s="4" t="inlineStr">
         <is>
           <t>Володимир-Волинський, Волинська область</t>
         </is>
       </c>
       <c r="K9" s="4" t="inlineStr">
         <is>
-          <t>вулиця Ковельська, 111</t>
+          <t>вулиця Клименка, 6-А</t>
         </is>
       </c>
       <c r="L9" s="6" t="inlineStr">
         <is>
-          <t>UA07020010010041660</t>
+          <t>UA07020090040041410</t>
         </is>
       </c>
       <c r="M9" s="4" t="inlineStr">
         <is>
-          <t>Волинська обл., Володимирський р-н, м. Володимир</t>
+          <t>Волинська обл., Володимирський р-н, с. Заставне</t>
         </is>
       </c>
       <c r="N9" s="7"/>
       <c r="O9" s="4" t="inlineStr">
         <is>
-          <t>Управління з гуманітарних питань виконовчого комітету Володимирської міської ради</t>
+          <t>Литовезька сільська рада</t>
         </is>
       </c>
       <c r="P9" s="4" t="inlineStr">
         <is>
-          <t>(03342)35207, (03342)35529</t>
+          <t>(03372)95140</t>
         </is>
       </c>
       <c r="Q9" s="4"/>
       <c r="R9" s="4" t="inlineStr">
         <is>
-          <t>vvschool3@gmail.com</t>
+          <t>zastawnezosh@ukr.net</t>
         </is>
       </c>
       <c r="S9" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/view/nvk3vv</t>
+          <t>http://zastavne.ivosvita.org/</t>
         </is>
       </c>
       <c r="T9" s="4" t="inlineStr">
         <is>
-          <t>Директор Матвейчук Анатолій Степанович</t>
+          <t>Директор Рихель Руслана Петрівна</t>
         </is>
       </c>
       <c r="U9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V9" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="4" t="inlineStr">
         <is>
-          <t>ліцей №5 імені Анатолія Кореневського Володимирської міської ради</t>
+          <t>комунальна організація "Гімназія №7 Володимирської міської ради"</t>
         </is>
       </c>
       <c r="B10" s="5" t="n">
-        <v>134665</v>
+        <v>176526</v>
       </c>
       <c r="C10" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D10" s="4" t="inlineStr">
         <is>
-          <t>ліцей №5 імені Анатолія Кореневського</t>
+          <t>Гімназія №7</t>
         </is>
       </c>
       <c r="E10" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F10" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G10" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H10" s="6" t="inlineStr">
         <is>
           <t>0710200000</t>
         </is>
       </c>
       <c r="I10" s="4" t="inlineStr">
         <is>
           <t>Волинська область</t>
         </is>
       </c>
       <c r="J10" s="4" t="inlineStr">
         <is>
           <t>Володимир-Волинський, Волинська область</t>
         </is>
       </c>
       <c r="K10" s="4" t="inlineStr">
         <is>
-          <t>вулиця Луцька, 241</t>
+          <t>вулиця Андрія Войнаровського, 1</t>
         </is>
       </c>
       <c r="L10" s="6" t="inlineStr">
         <is>
           <t>UA07020010010041660</t>
         </is>
       </c>
       <c r="M10" s="4" t="inlineStr">
         <is>
           <t>Волинська обл., Володимирський р-н, м. Володимир</t>
         </is>
       </c>
       <c r="N10" s="7"/>
       <c r="O10" s="4" t="inlineStr">
         <is>
           <t>Управління з гуманітарних питань виконовчого комітету Володимирської міської ради</t>
         </is>
       </c>
       <c r="P10" s="4" t="inlineStr">
         <is>
-          <t>(03342)30555</t>
+          <t>(093)6759676</t>
         </is>
       </c>
       <c r="Q10" s="4"/>
       <c r="R10" s="4" t="inlineStr">
         <is>
-          <t>vvschool5@gmail.com</t>
+          <t>volodymyr.seven.school@gmail.com</t>
         </is>
       </c>
       <c r="S10" s="4" t="inlineStr">
         <is>
-          <t>http://vvschool5.at.ua/</t>
+          <t>http://volodymyrsevenschool.org.ua/</t>
         </is>
       </c>
       <c r="T10" s="4" t="inlineStr">
         <is>
-          <t>Директор Костюк Ірина Ростиславівна</t>
+          <t>Директор Віжанська Тетяна Василівна</t>
         </is>
       </c>
       <c r="U10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">