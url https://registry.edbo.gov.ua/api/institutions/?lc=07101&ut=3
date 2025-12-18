--- v0 (2025-10-29)
+++ v1 (2025-12-18)
@@ -1166,51 +1166,51 @@
           <t>гімназія</t>
         </is>
       </c>
       <c r="G9" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H9" s="6" t="inlineStr">
         <is>
           <t>0710100000</t>
         </is>
       </c>
       <c r="I9" s="4" t="inlineStr">
         <is>
           <t>Волинська область</t>
         </is>
       </c>
       <c r="J9" s="4" t="inlineStr">
         <is>
           <t>Луцьк, Волинська область</t>
         </is>
       </c>
       <c r="K9" s="4" t="inlineStr">
         <is>
-          <t>вулиця Даргомижського, 5</t>
+          <t>вулиця Мистецька, 5</t>
         </is>
       </c>
       <c r="L9" s="6" t="inlineStr">
         <is>
           <t>UA07080170010083384</t>
         </is>
       </c>
       <c r="M9" s="4" t="inlineStr">
         <is>
           <t>Волинська обл., м. Луцьк</t>
         </is>
       </c>
       <c r="N9" s="7"/>
       <c r="O9" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти Луцької міської ради</t>
         </is>
       </c>
       <c r="P9" s="4" t="inlineStr">
         <is>
           <t>(0332)728052</t>
         </is>
       </c>
       <c r="Q9" s="4"/>
       <c r="R9" s="4" t="inlineStr">