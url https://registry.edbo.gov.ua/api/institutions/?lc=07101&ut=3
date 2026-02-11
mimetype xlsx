--- v1 (2025-12-18)
+++ v2 (2026-02-11)
@@ -4214,51 +4214,51 @@
         </is>
       </c>
       <c r="K36" s="4" t="inlineStr">
         <is>
           <t>вулиця Данила Галицького, 1а</t>
         </is>
       </c>
       <c r="L36" s="6" t="inlineStr">
         <is>
           <t>UA07080170010083384</t>
         </is>
       </c>
       <c r="M36" s="4" t="inlineStr">
         <is>
           <t>Волинська обл., м. Луцьк</t>
         </is>
       </c>
       <c r="N36" s="7"/>
       <c r="O36" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти Луцької міської ради</t>
         </is>
       </c>
       <c r="P36" s="4" t="inlineStr">
         <is>
-          <t>(095)5404384</t>
+          <t>(050)4014303</t>
         </is>
       </c>
       <c r="Q36" s="4"/>
       <c r="R36" s="4"/>
       <c r="S36" s="4"/>
       <c r="T36" s="4" t="inlineStr">
         <is>
           <t>Директор Лінчук Микола Миколайович</t>
         </is>
       </c>
       <c r="U36" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V36" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W36" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>