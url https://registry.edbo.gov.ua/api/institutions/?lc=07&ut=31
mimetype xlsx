--- v0 (2025-11-04)
+++ v1 (2026-01-05)
@@ -23277,51 +23277,51 @@
       <c r="M227" s="4" t="inlineStr">
         <is>
           <t>Волинська обл., Ковельський р-н, с. Куснища</t>
         </is>
       </c>
       <c r="N227" s="7"/>
       <c r="O227" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Любомльської міської ради</t>
         </is>
       </c>
       <c r="P227" s="4" t="inlineStr">
         <is>
           <t>(03377)36309</t>
         </is>
       </c>
       <c r="Q227" s="4"/>
       <c r="R227" s="4" t="inlineStr">
         <is>
           <t>dnz_kysnicha@ukr.net</t>
         </is>
       </c>
       <c r="S227" s="4"/>
       <c r="T227" s="4" t="inlineStr">
         <is>
-          <t>Директор Шлапа Ірина Анатоліївна</t>
+          <t>Директор Симчук Олена Володимирівна</t>
         </is>
       </c>
       <c r="U227" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V227" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W227" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X227" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y227" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="228">