--- v1 (2026-01-05)
+++ v2 (2026-03-04)
@@ -15798,51 +15798,51 @@
       <c r="U152" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V152" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W152" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X152" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y152" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад дошкільної освіти "Калинонька" смт. Дубище Рожищенської міської ради Луцького району Волинської області</t>
+          <t>Комунальний заклад дошкільної освіти "Калинонька" с-ща Дубище Рожищенської міської ради Луцького району Волинської області</t>
         </is>
       </c>
       <c r="B153" s="5" t="n">
         <v>170553</v>
       </c>
       <c r="C153" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D153" s="4" t="inlineStr">
         <is>
           <t>КЗДО смт. Дубище</t>
         </is>
       </c>
       <c r="E153" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F153" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
@@ -15867,63 +15867,63 @@
         </is>
       </c>
       <c r="K153" s="4" t="inlineStr">
         <is>
           <t>вулиця Зелена, 37</t>
         </is>
       </c>
       <c r="L153" s="6" t="inlineStr">
         <is>
           <t>UA07080250020042343</t>
         </is>
       </c>
       <c r="M153" s="4" t="inlineStr">
         <is>
           <t>Волинська обл., Луцький р-н, с-ще Дубище</t>
         </is>
       </c>
       <c r="N153" s="7"/>
       <c r="O153" s="4" t="inlineStr">
         <is>
           <t>Гуманітарний відділ Рожищенської міської ради</t>
         </is>
       </c>
       <c r="P153" s="4" t="inlineStr">
         <is>
-          <t>(098)6373952</t>
+          <t>(097)5202063</t>
         </is>
       </c>
       <c r="Q153" s="4"/>
       <c r="R153" s="4" t="inlineStr">
         <is>
           <t>dnz-dubische@ukr.net</t>
         </is>
       </c>
       <c r="S153" s="4"/>
       <c r="T153" s="4" t="inlineStr">
         <is>
-          <t> Спасовська Валентина Іванівна</t>
+          <t> Шершень Тетяна Василівна</t>
         </is>
       </c>
       <c r="U153" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V153" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W153" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X153" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y153" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="154">
@@ -20784,51 +20784,51 @@
       <c r="U202" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V202" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W202" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X202" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y202" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад дошкільної освіти с.Козин Рожищенської міської ради Луцького району Волинської області</t>
+          <t>Комунальний заклад дошкільної освіти с. Козин Рожищенської міської ради Луцького району Волинської області</t>
         </is>
       </c>
       <c r="B203" s="5" t="n">
         <v>170571</v>
       </c>
       <c r="C203" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D203" s="4" t="inlineStr">
         <is>
           <t>КЗДО с. Козин</t>
         </is>
       </c>
       <c r="E203" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F203" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
@@ -24404,51 +24404,51 @@
           <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G239" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H239" s="6" t="inlineStr">
         <is>
           <t>0724583501</t>
         </is>
       </c>
       <c r="I239" s="4" t="inlineStr">
         <is>
           <t>Волинська область</t>
         </is>
       </c>
       <c r="J239" s="4" t="inlineStr">
         <is>
           <t>с. Луків, Рожищенський район, Волинська область</t>
         </is>
       </c>
       <c r="K239" s="4" t="inlineStr">
         <is>
-          <t>вулиця 8березня, 17</t>
+          <t>вулиця 8 березня, 17</t>
         </is>
       </c>
       <c r="L239" s="6" t="inlineStr">
         <is>
           <t>UA07080250190024172</t>
         </is>
       </c>
       <c r="M239" s="4" t="inlineStr">
         <is>
           <t>Волинська обл., Луцький р-н, с. Луків</t>
         </is>
       </c>
       <c r="N239" s="7"/>
       <c r="O239" s="4" t="inlineStr">
         <is>
           <t>Гуманітарний відділ Рожищенської міської ради</t>
         </is>
       </c>
       <c r="P239" s="4" t="inlineStr">
         <is>
           <t>(066)4054107</t>
         </is>
       </c>
       <c r="Q239" s="4"/>
       <c r="R239" s="4"/>
@@ -29475,51 +29475,51 @@
         <is>
           <t>UA07060090100021385</t>
         </is>
       </c>
       <c r="M289" s="4" t="inlineStr">
         <is>
           <t>Волинська обл., Ковельський р-н, с. Нудиже</t>
         </is>
       </c>
       <c r="N289" s="7"/>
       <c r="O289" s="4" t="inlineStr">
         <is>
           <t>Головненська селищна рада Ковельського району Волинської області</t>
         </is>
       </c>
       <c r="P289" s="4" t="inlineStr">
         <is>
           <t>(098)3310041</t>
         </is>
       </c>
       <c r="Q289" s="4"/>
       <c r="R289" s="4"/>
       <c r="S289" s="4"/>
       <c r="T289" s="4" t="inlineStr">
         <is>
-          <t>Директор Павельчук Людмила Іванівна</t>
+          <t>Директор Семенюк Катерина Василівна</t>
         </is>
       </c>
       <c r="U289" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V289" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W289" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X289" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y289" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="290">
@@ -31653,74 +31653,74 @@
       <c r="U311" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V311" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W311" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X311" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y311" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="312">
       <c r="A312" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад дошкільної освіти (ясла-садок) "Казка" с. Переспа Рожищенської міської ради Луцького району Волинської області</t>
+          <t>Комунальний заклад дошкільної освіти "Казка" с. Переспа Рожищенської міської ради Луцького району Волинської області</t>
         </is>
       </c>
       <c r="B312" s="5" t="n">
         <v>170562</v>
       </c>
       <c r="C312" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D312" s="4" t="inlineStr">
         <is>
           <t>КЗДО с. Переспа</t>
         </is>
       </c>
       <c r="E312" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F312" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок)</t>
+          <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G312" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H312" s="6" t="inlineStr">
         <is>
           <t>0724585001</t>
         </is>
       </c>
       <c r="I312" s="4" t="inlineStr">
         <is>
           <t>Волинська область</t>
         </is>
       </c>
       <c r="J312" s="4" t="inlineStr">
         <is>
           <t>с. Переспа, Рожищенський район, Волинська область</t>
         </is>
       </c>
       <c r="K312" s="4" t="inlineStr">
         <is>
           <t>вулиця Учительська, 4</t>
@@ -32360,112 +32360,128 @@
       <c r="U318" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V318" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W318" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X318" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y318" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="319">
       <c r="A319" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад "Рукавичка"</t>
+          <t>Заклад дошкільної освіти "Рукавичка" с.Підріжжя Ковельського району Волинської області</t>
         </is>
       </c>
       <c r="B319" s="5" t="n">
         <v>170403</v>
       </c>
-      <c r="C319" s="6"/>
+      <c r="C319" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D319" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ</t>
+          <t>ЗДО "Рукавичка" с.Підріжжя</t>
         </is>
       </c>
       <c r="E319" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F319" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G319" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H319" s="6" t="inlineStr">
         <is>
           <t>0722187801</t>
         </is>
       </c>
       <c r="I319" s="4" t="inlineStr">
         <is>
           <t>Волинська область</t>
         </is>
       </c>
       <c r="J319" s="4" t="inlineStr">
         <is>
           <t>с. Підріжжя, Ковельський район, Волинська область</t>
         </is>
       </c>
       <c r="K319" s="4" t="inlineStr">
         <is>
-          <t>вулиця Лісова, 1</t>
-[...3 lines deleted...]
-      <c r="M319" s="4"/>
+          <t>вулиця Шкільна, 1</t>
+        </is>
+      </c>
+      <c r="L319" s="6" t="inlineStr">
+        <is>
+          <t>UA07060030090080151</t>
+        </is>
+      </c>
+      <c r="M319" s="4" t="inlineStr">
+        <is>
+          <t>Волинська обл., Ковельський р-н, с. Підріжжя</t>
+        </is>
+      </c>
       <c r="N319" s="7"/>
       <c r="O319" s="4" t="inlineStr">
         <is>
           <t>Відділ гуманітарної політики Велицької сільської ради</t>
         </is>
       </c>
-      <c r="P319" s="4"/>
+      <c r="P319" s="4" t="inlineStr">
+        <is>
+          <t>(068)6569440</t>
+        </is>
+      </c>
       <c r="Q319" s="4"/>
       <c r="R319" s="4"/>
       <c r="S319" s="4"/>
       <c r="T319" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t>Керівник Малихіна Валентина Адамівна</t>
         </is>
       </c>
       <c r="U319" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V319" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W319" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X319" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y319" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="320">
@@ -33039,51 +33055,51 @@
         <is>
           <t>UA07080250310043766</t>
         </is>
       </c>
       <c r="M325" s="4" t="inlineStr">
         <is>
           <t>Волинська обл., Луцький р-н, с. Пожарки</t>
         </is>
       </c>
       <c r="N325" s="7"/>
       <c r="O325" s="4" t="inlineStr">
         <is>
           <t>Гуманітарний відділ Рожищенської міської ради</t>
         </is>
       </c>
       <c r="P325" s="4" t="inlineStr">
         <is>
           <t>(098)2049945</t>
         </is>
       </c>
       <c r="Q325" s="4"/>
       <c r="R325" s="4"/>
       <c r="S325" s="4"/>
       <c r="T325" s="4" t="inlineStr">
         <is>
-          <t> Ващук Діана Віталіївна</t>
+          <t>Т.в.о. директора Ващук Діана Віталіївна</t>
         </is>
       </c>
       <c r="U325" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V325" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W325" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X325" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y325" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="326">
@@ -35524,447 +35540,447 @@
       <c r="U350" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V350" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W350" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X350" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y350" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="351">
       <c r="A351" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад дошкільної освіти (ясла - садок) №1 "Малятко" м. Рожище Рожищенської міської ради Луцького району Волинської області</t>
+          <t>Комунальний заклад дошкільної освіти № 4 "Струмочок" м. Рожище Рожищенської міської ради Луцького району Волинської області</t>
         </is>
       </c>
       <c r="B351" s="5" t="n">
-        <v>170546</v>
+        <v>170549</v>
       </c>
       <c r="C351" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D351" s="4" t="inlineStr">
         <is>
-          <t>КЗДО №1 м.Рожище</t>
+          <t>КЗДО № 4 м. Рожище</t>
         </is>
       </c>
       <c r="E351" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F351" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок)</t>
+          <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G351" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H351" s="6" t="inlineStr">
         <is>
           <t>0724510100</t>
         </is>
       </c>
       <c r="I351" s="4" t="inlineStr">
         <is>
           <t>Волинська область</t>
         </is>
       </c>
       <c r="J351" s="4" t="inlineStr">
         <is>
           <t>Рожище, Рожищенський район, Волинська область</t>
         </is>
       </c>
       <c r="K351" s="4" t="inlineStr">
         <is>
-          <t>вулиця Грушевського, 8</t>
+          <t>вулиця Шевченка, 89</t>
         </is>
       </c>
       <c r="L351" s="6" t="inlineStr">
         <is>
           <t>UA07080250010017534</t>
         </is>
       </c>
       <c r="M351" s="4" t="inlineStr">
         <is>
           <t>Волинська обл., Луцький р-н, м. Рожище</t>
         </is>
       </c>
       <c r="N351" s="7"/>
       <c r="O351" s="4" t="inlineStr">
         <is>
           <t>Гуманітарний відділ Рожищенської міської ради</t>
         </is>
       </c>
       <c r="P351" s="4" t="inlineStr">
         <is>
-          <t>(067)9732176</t>
+          <t>(096)2519279</t>
         </is>
       </c>
       <c r="Q351" s="4"/>
       <c r="R351" s="4"/>
       <c r="S351" s="4"/>
       <c r="T351" s="4" t="inlineStr">
         <is>
-          <t>Директор Андрощук Олена Олексіївна</t>
+          <t>Директор Тусевич Лариса Миколаївна</t>
         </is>
       </c>
       <c r="U351" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V351" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W351" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X351" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y351" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="352">
       <c r="A352" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад дошкільної освіти (ясла-садок) №2 "Дзвіночок" м. Рожище Рожищенської міської ради Луцького району Волинської області</t>
+          <t>Комунальний заклад дошкільної освіти №1 "Малятко" м. Рожище Рожищенської міської ради Луцького району Волинської області</t>
         </is>
       </c>
       <c r="B352" s="5" t="n">
-        <v>170547</v>
+        <v>170546</v>
       </c>
       <c r="C352" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D352" s="4" t="inlineStr">
         <is>
-          <t>КЗДО №2 м. Рожище</t>
+          <t>КЗДО №1 м.Рожище</t>
         </is>
       </c>
       <c r="E352" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F352" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок)</t>
+          <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G352" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H352" s="6" t="inlineStr">
         <is>
           <t>0724510100</t>
         </is>
       </c>
       <c r="I352" s="4" t="inlineStr">
         <is>
           <t>Волинська область</t>
         </is>
       </c>
       <c r="J352" s="4" t="inlineStr">
         <is>
           <t>Рожище, Рожищенський район, Волинська область</t>
         </is>
       </c>
       <c r="K352" s="4" t="inlineStr">
         <is>
-          <t>вулиця Тараса Чайки, 14</t>
+          <t>вулиця Грушевського, 8</t>
         </is>
       </c>
       <c r="L352" s="6" t="inlineStr">
         <is>
           <t>UA07080250010017534</t>
         </is>
       </c>
       <c r="M352" s="4" t="inlineStr">
         <is>
           <t>Волинська обл., Луцький р-н, м. Рожище</t>
         </is>
       </c>
       <c r="N352" s="7"/>
       <c r="O352" s="4" t="inlineStr">
         <is>
           <t>Гуманітарний відділ Рожищенської міської ради</t>
         </is>
       </c>
       <c r="P352" s="4" t="inlineStr">
         <is>
-          <t>(093)6211966</t>
+          <t>(098)9487979</t>
         </is>
       </c>
       <c r="Q352" s="4"/>
       <c r="R352" s="4"/>
       <c r="S352" s="4"/>
       <c r="T352" s="4" t="inlineStr">
         <is>
-          <t>Директор Лясковська Людмила Петрівна</t>
+          <t>Т.в.о. директора Матвійчук Оксана Володимирівна</t>
         </is>
       </c>
       <c r="U352" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V352" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W352" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X352" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y352" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="353">
       <c r="A353" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад дошкільної освіти (ясла-садок) №3 "Сонечко" м. Рожище Рожищенської міської ради Луцького району Волинської області</t>
+          <t>Комунальний заклад дошкільної освіти №2 "Дзвіночок" м. Рожище Рожищенської міської ради Луцького району Волинської області</t>
         </is>
       </c>
       <c r="B353" s="5" t="n">
-        <v>170548</v>
+        <v>170547</v>
       </c>
       <c r="C353" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D353" s="4" t="inlineStr">
         <is>
-          <t>КЗДО №3 м. Рожище</t>
+          <t>КЗДО №2 м. Рожище</t>
         </is>
       </c>
       <c r="E353" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F353" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок)</t>
+          <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G353" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H353" s="6" t="inlineStr">
         <is>
           <t>0724510100</t>
         </is>
       </c>
       <c r="I353" s="4" t="inlineStr">
         <is>
           <t>Волинська область</t>
         </is>
       </c>
       <c r="J353" s="4" t="inlineStr">
         <is>
           <t>Рожище, Рожищенський район, Волинська область</t>
         </is>
       </c>
       <c r="K353" s="4" t="inlineStr">
         <is>
-          <t>вулиця Гузара, 17</t>
+          <t>вулиця Тараса Чайки, 14</t>
         </is>
       </c>
       <c r="L353" s="6" t="inlineStr">
         <is>
           <t>UA07080250010017534</t>
         </is>
       </c>
       <c r="M353" s="4" t="inlineStr">
         <is>
           <t>Волинська обл., Луцький р-н, м. Рожище</t>
         </is>
       </c>
       <c r="N353" s="7"/>
       <c r="O353" s="4" t="inlineStr">
         <is>
           <t>Гуманітарний відділ Рожищенської міської ради</t>
         </is>
       </c>
       <c r="P353" s="4" t="inlineStr">
         <is>
-          <t>(096)8019730</t>
+          <t>(093)6211966</t>
         </is>
       </c>
       <c r="Q353" s="4"/>
-      <c r="R353" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R353" s="4"/>
       <c r="S353" s="4"/>
       <c r="T353" s="4" t="inlineStr">
         <is>
-          <t>Директор Поліщук Олена Анастасівна</t>
+          <t>Директор Лясковська Людмила Петрівна</t>
         </is>
       </c>
       <c r="U353" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V353" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W353" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X353" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y353" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="354">
       <c r="A354" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад дошкільної освіти № 4 "Струмочок" м. Рожище Рожищенської міської ради Луцького району Волинської області</t>
+          <t>Комунальний заклад дошкільної освіти №3 "Сонечко" м. Рожище Рожищенської міської ради Луцького району Волинської області</t>
         </is>
       </c>
       <c r="B354" s="5" t="n">
-        <v>170549</v>
+        <v>170548</v>
       </c>
       <c r="C354" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D354" s="4" t="inlineStr">
         <is>
-          <t>КЗДО № 4 м. Рожище</t>
+          <t>КЗДО №3 м. Рожище</t>
         </is>
       </c>
       <c r="E354" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F354" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G354" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H354" s="6" t="inlineStr">
         <is>
           <t>0724510100</t>
         </is>
       </c>
       <c r="I354" s="4" t="inlineStr">
         <is>
           <t>Волинська область</t>
         </is>
       </c>
       <c r="J354" s="4" t="inlineStr">
         <is>
           <t>Рожище, Рожищенський район, Волинська область</t>
         </is>
       </c>
       <c r="K354" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 89</t>
+          <t>вулиця Гузара, 17</t>
         </is>
       </c>
       <c r="L354" s="6" t="inlineStr">
         <is>
           <t>UA07080250010017534</t>
         </is>
       </c>
       <c r="M354" s="4" t="inlineStr">
         <is>
           <t>Волинська обл., Луцький р-н, м. Рожище</t>
         </is>
       </c>
       <c r="N354" s="7"/>
       <c r="O354" s="4" t="inlineStr">
         <is>
           <t>Гуманітарний відділ Рожищенської міської ради</t>
         </is>
       </c>
       <c r="P354" s="4" t="inlineStr">
         <is>
-          <t>(096)2519279</t>
+          <t>(096)8019730</t>
         </is>
       </c>
       <c r="Q354" s="4"/>
-      <c r="R354" s="4"/>
+      <c r="R354" s="4" t="inlineStr">
+        <is>
+          <t>sadok3-rozysche@ukr.net</t>
+        </is>
+      </c>
       <c r="S354" s="4"/>
       <c r="T354" s="4" t="inlineStr">
         <is>
-          <t>Директор Тусевич Лариса Миколаївна</t>
+          <t>Директор Поліщук Олена Анастасівна</t>
         </is>
       </c>
       <c r="U354" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V354" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W354" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X354" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y354" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="355">
@@ -38292,74 +38308,74 @@
       <c r="U378" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V378" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W378" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X378" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y378" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="379">
       <c r="A379" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад дошкільної освіти ( ясла-садок) с. Сокіл " Рожищенської міської ради Луцького району Волинської області</t>
+          <t>Комунальний заклад дошкільної освіти с. Сокіл " Рожищенської міської ради Луцького району Волинської області</t>
         </is>
       </c>
       <c r="B379" s="5" t="n">
         <v>170565</v>
       </c>
       <c r="C379" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D379" s="4" t="inlineStr">
         <is>
           <t>КЗДО с.Сокіл</t>
         </is>
       </c>
       <c r="E379" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F379" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок)</t>
+          <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G379" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H379" s="6" t="inlineStr">
         <is>
           <t>0724586201</t>
         </is>
       </c>
       <c r="I379" s="4" t="inlineStr">
         <is>
           <t>Волинська область</t>
         </is>
       </c>
       <c r="J379" s="4" t="inlineStr">
         <is>
           <t>с. Сокіл, Рожищенський район, Волинська область</t>
         </is>
       </c>
       <c r="K379" s="4" t="inlineStr">
         <is>
           <t>вулиця Дружби, 31</t>
@@ -38802,51 +38818,51 @@
         </is>
       </c>
       <c r="X383" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y383" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="384">
       <c r="A384" s="4" t="inlineStr">
         <is>
           <t>Старовижівський заклад дошкільної освіти ( ясла-садок) "Сонечко"</t>
         </is>
       </c>
       <c r="B384" s="5" t="n">
         <v>170573</v>
       </c>
       <c r="C384" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D384" s="4" t="inlineStr">
         <is>
-          <t>ЗДО(ясла-садок) "Сонечко" смт Стара Вижівка</t>
+          <t>Старовижівський ЗДО</t>
         </is>
       </c>
       <c r="E384" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F384" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G384" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H384" s="6" t="inlineStr">
         <is>
           <t>0725055100</t>
         </is>
       </c>
       <c r="I384" s="4" t="inlineStr">
         <is>
           <t>Волинська область</t>