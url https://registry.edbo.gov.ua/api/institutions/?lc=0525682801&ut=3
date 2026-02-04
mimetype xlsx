--- v0 (2025-10-22)
+++ v1 (2026-02-04)
@@ -338,51 +338,51 @@
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>філія «Качківська гімназія» Довжоцького ліцею Ямпільської міської ради Вінницької області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>140783</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4"/>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>0525682801</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Вінницька область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Качківка, Ямпільський район, Вінницька область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Шевченка, 120</t>
@@ -400,51 +400,51 @@
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Ямпільської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(04336)2-47-83</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>zosh.kachkivka@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>https://kachkivka.e-schools.info/</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Перевознюк Ліда Василівна</t>
+          <t>Завідувач філією Барбалат Оксана Михайлівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>