--- v0 (2025-10-22)
+++ v1 (2026-02-04)
@@ -342,51 +342,51 @@
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>Довжоцький ліцей Ямпільської міської ради Вінницької області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>139606</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>Довжоцький ліцей</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>0525682401</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Вінницька область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Довжок, Ямпільський район, Вінницька область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Центральна, 89-а</t>