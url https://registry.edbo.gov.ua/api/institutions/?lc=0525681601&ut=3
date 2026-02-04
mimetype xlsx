--- v0 (2025-10-22)
+++ v1 (2026-02-04)
@@ -338,51 +338,51 @@
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>філія «Гальжбіївська гімназія» Гуманітарного ліцею Ямпільської міської ради Вінницької області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>140677</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4"/>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>0525681601</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Вінницька область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Гальжбіївка, Ямпільський район, Вінницька область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Незалежності, 34</t>
@@ -396,51 +396,51 @@
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Вінницька обл., Могилів-Подільський р-н, с. Гальжбіївка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Ямпільської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(04336)27526</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>direcya.gschool@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Акелян Тетяна Суренівна</t>
+          <t>Завідувач філією Сторожук Валентина Василівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>