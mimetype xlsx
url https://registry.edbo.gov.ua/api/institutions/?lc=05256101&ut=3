--- v0 (2025-10-15)
+++ v1 (2026-02-04)
@@ -342,51 +342,51 @@
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>Гуманітарний ліцей Ямпільської міської ради Вінницької області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>140428</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>ГЛ Ямпільської МР</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс (об'єднання)</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>0525610100</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Вінницька область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>Ямпіль, Ямпільський район, Вінницька область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Мануїла Козачинського, 7</t>
@@ -455,51 +455,51 @@
       <c r="A3" s="4" t="inlineStr">
         <is>
           <t>Ліцей імені Івана Богуна Ямпільської міської ради Вінницької області</t>
         </is>
       </c>
       <c r="B3" s="5" t="n">
         <v>140440</v>
       </c>
       <c r="C3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D3" s="4" t="inlineStr">
         <is>
           <t>ЛІЦЕЙ ім.І.БОГУНА ЯМПІЛЬСЬКОЇ МР</t>
         </is>
       </c>
       <c r="E3" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F3" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G3" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H3" s="6" t="inlineStr">
         <is>
           <t>0525610100</t>
         </is>
       </c>
       <c r="I3" s="4" t="inlineStr">
         <is>
           <t>Вінницька область</t>
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>Ямпіль, Ямпільський район, Вінницька область</t>
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
           <t>вулиця Свободи, 154/2</t>
@@ -560,51 +560,51 @@
       <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Ліцей імені Тараса Шевченка Ямпільської міської ради Вінницької області</t>
         </is>
       </c>
       <c r="B4" s="5" t="n">
         <v>135086</v>
       </c>
       <c r="C4" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Ліцей ім.Т.Шевченка Ямпільської МР</t>
         </is>
       </c>
       <c r="E4" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F4" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G4" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H4" s="6" t="inlineStr">
         <is>
           <t>0525610100</t>
         </is>
       </c>
       <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Вінницька область</t>
         </is>
       </c>
       <c r="J4" s="4" t="inlineStr">
         <is>
           <t>Ямпіль, Ямпільський район, Вінницька область</t>
         </is>
       </c>
       <c r="K4" s="4" t="inlineStr">
         <is>
           <t>вулиця Незалежності, 1</t>