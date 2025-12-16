--- v0 (2025-10-22)
+++ v1 (2025-12-16)
@@ -394,61 +394,61 @@
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA05020270260035637</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Вінницька обл., Вінницький р-н, с. Черемошне</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді, спорту та туризму Тиврівської селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(098)62-126-10</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
-          <t>petr.shipochka@ukr.net</t>
+          <t>cheremoshnee@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://chr.tvedu.vn.ua</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Шіпочка Петро Віталійович</t>
+          <t>Завідувач філією Кузьмик Олександр Анатолійович</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>