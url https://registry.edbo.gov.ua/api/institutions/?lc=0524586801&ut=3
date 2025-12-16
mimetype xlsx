--- v0 (2025-10-22)
+++ v1 (2025-12-16)
@@ -367,67 +367,67 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>0524586801</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Вінницька область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Тростянець, Тиврівський район, Вінницька область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Жовтнева, 59</t>
+          <t>вулиця Захисників України, 59-А</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA05020050180059043</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Вінницька обл., Вінницький р-н, с. Тростянець</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, туризму та спорту Вороновицької селищної ради</t>
+          <t>Відділ освіти, культури, туризму, молоді та спорту Вороновицької селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(097)94-46-161</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>trostina.scool@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://trs.tvedu.vn.ua</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Біліченко Володимир Вікторович</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>