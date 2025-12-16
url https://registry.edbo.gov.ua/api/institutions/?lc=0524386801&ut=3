--- v0 (2025-10-22)
+++ v1 (2025-12-16)
@@ -342,109 +342,113 @@
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>Холодівська гімназія Тульчинської міської ради Вінницької області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>148935</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>Холодівська гімназія</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>0524386801</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Вінницька область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Холодівка, Тульчинський район, Вінницька область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Миру, 14</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA05100150270039119</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Вінницька обл., Тульчинський р-н, с. Холодівка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Тульчинської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(04335)44-1-49</t>
+          <t>(067)1338225</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>Holodivka@ukr.net</t>
         </is>
       </c>
-      <c r="S2" s="4"/>
+      <c r="S2" s="4" t="inlineStr">
+        <is>
+          <t>http://hld.tuedu.vn.ua/</t>
+        </is>
+      </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Ревус Оксана Іванівна</t>
+          <t>Т.в.о. директора Брижата Анастасія Володимирівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>