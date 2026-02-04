--- v0 (2025-10-22)
+++ v1 (2026-02-04)
@@ -319,245 +319,245 @@
       </c>
       <c r="V1" s="3" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="W1" s="3" t="inlineStr">
         <is>
           <t>Гірський</t>
         </is>
       </c>
       <c r="X1" s="3" t="inlineStr">
         <is>
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
-          <t>Подільський ліцей №1 Тульчинської міської ради Вінницької області</t>
+          <t>Подільська гімназія Тульчинської міської ради Вінницької області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
-        <v>147161</v>
+        <v>142459</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
-          <t>Подільський ліцей №1</t>
+          <t>Подільська гімназія</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>0524385401</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Вінницька область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Суворовське, Тульчинський район, Вінницька область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Ігоря Ткача, 3</t>
+          <t>вулиця Центральна, 12</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA05100150240096606</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Вінницька обл., Тульчинський р-н, с. Подільське</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Тульчинської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(04335)37724</t>
+          <t>(04335)37610</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
-          <t>Suvorovska1@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S2" s="4"/>
+          <t>Suvorov.com@ukr.net</t>
+        </is>
+      </c>
+      <c r="S2" s="4" t="inlineStr">
+        <is>
+          <t>https://suvorov.e-schools.info/</t>
+        </is>
+      </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Парубок Валентина Василівна</t>
+          <t>Директор Довгань Григорій Іванович</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="4" t="inlineStr">
         <is>
-          <t>Подільський ліцей Тульчинської міської ради Вінницької області</t>
+          <t>Подільський ліцей №1 Тульчинської міської ради Вінницької області</t>
         </is>
       </c>
       <c r="B3" s="5" t="n">
-        <v>142459</v>
+        <v>147161</v>
       </c>
       <c r="C3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D3" s="4" t="inlineStr">
         <is>
-          <t>Подільський ліцей</t>
+          <t>Подільський ліцей №1</t>
         </is>
       </c>
       <c r="E3" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F3" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G3" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H3" s="6" t="inlineStr">
         <is>
           <t>0524385401</t>
         </is>
       </c>
       <c r="I3" s="4" t="inlineStr">
         <is>
           <t>Вінницька область</t>
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>с. Суворовське, Тульчинський район, Вінницька область</t>
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 12</t>
+          <t>вулиця Ігоря Ткача, 3</t>
         </is>
       </c>
       <c r="L3" s="6" t="inlineStr">
         <is>
           <t>UA05100150240096606</t>
         </is>
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Вінницька обл., Тульчинський р-н, с. Подільське</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Тульчинської міської ради</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
-          <t>(04335)37610</t>
+          <t>(04335)37724</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
-          <t>Suvorov.com@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>Suvorovska1@ukr.net</t>
+        </is>
+      </c>
+      <c r="S3" s="4"/>
       <c r="T3" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Чагур Валентина Василівна</t>
+          <t>Директор Парубок Валентина Василівна</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
   </sheetData>