--- v0 (2025-10-21)
+++ v1 (2025-12-16)
@@ -342,51 +342,51 @@
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>Мазурівська гімназія Тульчинської міської ради Вінницької області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>147583</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>Мазурівська гімназія</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>0524382905</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Вінницька область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Мазурівка, Тульчинський район, Вінницька область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Гагаріна, 68</t>