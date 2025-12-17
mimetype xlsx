--- v0 (2025-10-22)
+++ v1 (2025-12-17)
@@ -342,97 +342,97 @@
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>Богданівський ліцей Тульчинської міської ради Вінницької області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>145885</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>Богданівський ліцей</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>0524382201</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Вінницька область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Богданівка, Тульчинський район, Вінницька область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Б.Хмельницького, 41</t>
+          <t>вулиця Хмельницького Б., 41-А</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA05100150040087719</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Вінницька обл., Тульчинський р-н, с. Богданівка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Тульчинської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(04335)44341, (098)4473319</t>
+          <t>(098)4473319</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>bogdaniwkashckola@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Петрунько Віталій Григорович</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">