--- v0 (2025-10-22)
+++ v1 (2025-12-16)
@@ -342,76 +342,76 @@
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>Одайська гімназія Тульчинської міської ради Вінницької області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>149744</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>Одайська гімназія</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>0524380802</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Вінницька область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Одаї, Тульчинський район, Вінницька область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця 1 Травня, 40</t>
+          <t>вулиця Відродження, 40</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA05100150220060609</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Вінницька обл., Тульчинський р-н, с. Одаї</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Тульчинської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(098)2198278</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">