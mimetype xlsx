--- v0 (2025-12-05)
+++ v1 (2026-02-04)
@@ -455,51 +455,51 @@
       <c r="A3" s="4" t="inlineStr">
         <is>
           <t>Тульчинський ліцей №1 Тульчинської міської ради Вінницької області</t>
         </is>
       </c>
       <c r="B3" s="5" t="n">
         <v>145345</v>
       </c>
       <c r="C3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D3" s="4" t="inlineStr">
         <is>
           <t>Тульчинський ліцей №1</t>
         </is>
       </c>
       <c r="E3" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F3" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G3" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H3" s="6" t="inlineStr">
         <is>
           <t>0524310100</t>
         </is>
       </c>
       <c r="I3" s="4" t="inlineStr">
         <is>
           <t>Вінницька область</t>
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>Тульчин, Тульчинський район, Вінницька область</t>
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
           <t>вулиця Олександра Подоляна, 19</t>
@@ -568,51 +568,51 @@
       <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Тульчинський ліцей №2 Тульчинської міської ради Вінницької області</t>
         </is>
       </c>
       <c r="B4" s="5" t="n">
         <v>147162</v>
       </c>
       <c r="C4" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Тульчинський ліцей №2</t>
         </is>
       </c>
       <c r="E4" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F4" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G4" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H4" s="6" t="inlineStr">
         <is>
           <t>0524310100</t>
         </is>
       </c>
       <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Вінницька область</t>
         </is>
       </c>
       <c r="J4" s="4" t="inlineStr">
         <is>
           <t>Тульчин, Тульчинський район, Вінницька область</t>
         </is>
       </c>
       <c r="K4" s="4" t="inlineStr">
         <is>
           <t>вулиця Трембецького, 2</t>
@@ -623,51 +623,55 @@
           <t>UA05100150010035552</t>
         </is>
       </c>
       <c r="M4" s="4" t="inlineStr">
         <is>
           <t>Вінницька обл., Тульчинський р-н, м. Тульчин</t>
         </is>
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Тульчинської міської ради</t>
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
           <t>(04335)21565</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="inlineStr">
         <is>
           <t>tschool_2@ukr.net</t>
         </is>
       </c>
-      <c r="S4" s="4"/>
+      <c r="S4" s="4" t="inlineStr">
+        <is>
+          <t>http://sch2.tuedu.vn.ua/</t>
+        </is>
+      </c>
       <c r="T4" s="4" t="inlineStr">
         <is>
           <t>Директор Плотицький Марат Аркадійович</t>
         </is>
       </c>
       <c r="U4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
@@ -677,51 +681,51 @@
       <c r="A5" s="4" t="inlineStr">
         <is>
           <t>Тульчинський ліцей №3 Тульчинської міської ради Вінницької області</t>
         </is>
       </c>
       <c r="B5" s="5" t="n">
         <v>142282</v>
       </c>
       <c r="C5" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D5" s="4" t="inlineStr">
         <is>
           <t>Тульчинський ліцей №3</t>
         </is>
       </c>
       <c r="E5" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F5" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G5" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H5" s="6" t="inlineStr">
         <is>
           <t>0524310100</t>
         </is>
       </c>
       <c r="I5" s="4" t="inlineStr">
         <is>
           <t>Вінницька область</t>
         </is>
       </c>
       <c r="J5" s="4" t="inlineStr">
         <is>
           <t>Тульчин, Тульчинський район, Вінницька область</t>
         </is>
       </c>
       <c r="K5" s="4" t="inlineStr">
         <is>
           <t>вулиця Миколи Леонтовича, 43</t>
@@ -735,51 +739,51 @@
       <c r="M5" s="4" t="inlineStr">
         <is>
           <t>Вінницька обл., Тульчинський р-н, м. Тульчин</t>
         </is>
       </c>
       <c r="N5" s="7"/>
       <c r="O5" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Тульчинської міської ради</t>
         </is>
       </c>
       <c r="P5" s="4" t="inlineStr">
         <is>
           <t>(04335)23340</t>
         </is>
       </c>
       <c r="Q5" s="4"/>
       <c r="R5" s="4" t="inlineStr">
         <is>
           <t>school3tulchin@gmail.com</t>
         </is>
       </c>
       <c r="S5" s="4"/>
       <c r="T5" s="4" t="inlineStr">
         <is>
-          <t>Директор Швець Василь Іванович</t>
+          <t>Директор Нестеренко Ольга Анатоліївна</t>
         </is>
       </c>
       <c r="U5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y5" s="5"/>
     </row>
   </sheetData>