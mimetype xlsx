--- v0 (2025-10-22)
+++ v1 (2025-12-16)
@@ -399,51 +399,51 @@
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Вінницька обл., Тульчинський р-н, с. Пилипи-Борівські</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, спорту, культури та туризму Томашпільської селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(04348)4-67-23</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>pilipi_school@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
-          <t>http://pb.tmedu.vn.ua</t>
+          <t>https://pilipi-school.e-schools.info/news</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Сіваєва Тетяна Олексіївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>