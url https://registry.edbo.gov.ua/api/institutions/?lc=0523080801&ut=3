--- v0 (2025-12-05)
+++ v1 (2026-03-24)
@@ -394,56 +394,56 @@
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA05020170070092290</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Вінницька обл., Вінницький р-н, с. Велика Бушинка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Немирівської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(04331)3-81-54</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
-          <t>vbschool@i.ua</t>
+          <t>vbusinskafilia@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
-          <t>http://vlb.nedu.vn.ua/</t>
+          <t>http://vbsehiil.site/</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Завідувач філією Пасічник Алла Анатоліївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>